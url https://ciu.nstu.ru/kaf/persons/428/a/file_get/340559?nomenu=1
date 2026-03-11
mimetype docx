--- v0 (2025-11-19)
+++ v1 (2026-03-11)
@@ -1,6576 +1,6026 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9040" w:type="dxa"/>
+        <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="980"/>
         <w:gridCol w:w="4260"/>
         <w:gridCol w:w="1520"/>
         <w:gridCol w:w="1050"/>
-        <w:gridCol w:w="1260"/>
+        <w:gridCol w:w="1404"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9040" w:type="dxa"/>
+            <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  Распределение  студентов  3-его курса направления "Радиотехника"  по выпускающим кафедрам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9040" w:type="dxa"/>
+            <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>РТ5-21</w:t>
+              <w:t>РТ5-31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Специализация кафедры “ ТОР “</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сред. балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Основа </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>обуч</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Заявлен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Власов Вадим Сергеевич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4,091</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
-[...6 lines deleted...]
-              <w:t>Гречман</w:t>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бюдж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
-[...80 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ТОР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Синев Юрий Антонович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3,905</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
-[...6 lines deleted...]
-              <w:t>Бригинец</w:t>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бюдж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
-[...80 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ТОР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Беляев Антон Сергеевич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3,667</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
-[...6 lines deleted...]
-              <w:t>Гребенчук</w:t>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бюдж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
-[...80 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ТОР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гридина Дарья Руслановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3,182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
-[...6 lines deleted...]
-              <w:t>Смолева</w:t>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бюдж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
-[...80 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ТОР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...16 lines deleted...]
-              <w:t>Ипатьев Илья Алексеевич</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Войцехович</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сергей Александрович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3,136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бюдж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ТОР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
-[...6 lines deleted...]
-              <w:t>Шаронина</w:t>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Смолева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Арина Сергеевна</w:t>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Александра Валерьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="005A6E37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бюдж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="005A6E37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ТОР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...16 lines deleted...]
-              <w:t>Борисов Александр Петрович</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Стененко</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Михаил Александрович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2,556</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="005A6E37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бюдж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="005A6E37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ТОР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...16 lines deleted...]
-              <w:t>Косых Ярослав Сергеевич</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...34 lines deleted...]
-            <w:tcW w:w="1260" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>ТОР</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...16 lines deleted...]
-              <w:t>Сидоркин Дмитрий Станиславович</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...34 lines deleted...]
-            <w:tcW w:w="1260" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>ТОР</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>10</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...16 lines deleted...]
-              <w:t>Яковлева Ксения Федоровна</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...34 lines deleted...]
-            <w:tcW w:w="1260" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>ТОР</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>11</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> Артём Эдуардович</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...34 lines deleted...]
-            <w:tcW w:w="1260" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>РПиРПУ</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>12</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6760" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Специализация кафедры “ РПиРПУ “</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сред. балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Основа </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>обуч</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Заявлен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...16 lines deleted...]
-              <w:t>Дударенко Иван Васильевич</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Котенев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кирилл Евгеньевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4,429</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бюдж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>РПиРПУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...16 lines deleted...]
-              <w:t>Костенко Кирилл Алексеевич</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дрожжин Фёдор Алексеевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4,143</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бюдж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>РПиРПУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...16 lines deleted...]
-              <w:t>Свиридов Андрей Максимович</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мамышева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Айасана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Николаевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3,81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бюдж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>РПиРПУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...16 lines deleted...]
-              <w:t>Николаев Вячеслав Владимирович</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Арышев</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Макар Александрович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3,714</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бюдж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>РПиРПУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тимиров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Максим </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Равилевич</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3,227</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бюдж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>РПиРПУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Малинин Никита Игоревич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2,962</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="005A6E37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>бюдж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="005A6E37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>РПиРПУ</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="005A6E37" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Косых Ярослав Сергеевич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1520" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2,917</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00941E70">
-[...6 lines deleted...]
-              <w:t>Губинский</w:t>
+            <w:r w:rsidRPr="005A6E37">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бюдж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00941E70">
-[...80 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="005A6E37">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>РПиРПУ</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="005A6E37" w:rsidRDefault="005A6E37" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...34 lines deleted...]
-            <w:tcW w:w="1260" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>РПиРПУ</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...16 lines deleted...]
-              <w:t>Шимановский Андрей Владимирович</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...34 lines deleted...]
-            <w:tcW w:w="1260" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>РПиРПУ</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>10</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> Сергей Александрович</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...34 lines deleted...]
-            <w:tcW w:w="1260" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>РПиРПУ</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>11</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...16 lines deleted...]
-              <w:t>Гридина Дарья Руслановна</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...23 lines deleted...]
-            <w:tcW w:w="1020" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...34 lines deleted...]
-            <w:tcW w:w="1260" w:type="dxa"/>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>РПиРПУ</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...17 lines deleted...]
-              <w:t>12</w:t>
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
-          <w:trHeight w:val="214"/>
+          <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial CYR" w:eastAsia="Times New Roman" w:hAnsi="Arial CYR" w:cs="Arial CYR"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="0"/>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6760" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Примечание:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
-          <w:trHeight w:val="534"/>
+          <w:trHeight w:val="644"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9040" w:type="dxa"/>
+            <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Число  бюджетных</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00941E70">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> мест на каждую кафедру : 22/2=(11+11).  </w:t>
+            <w:r w:rsidRPr="00444F13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мест на каждую кафедру : 14/2=(7+7).  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9040" w:type="dxa"/>
+            <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Контрактные студенты отбираются по </w:t>
             </w:r>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заявлению независимо от рейтинга</w:t>
             </w:r>
-            <w:r w:rsidRPr="00941E70">
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="644"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9040" w:type="dxa"/>
+            <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3. Если число  заявлений на кафедру больше числа бюджетных мест (п.1), то отбор по среднему баллу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidTr="00941E70">
+      <w:tr w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidTr="00444F13">
         <w:trPr>
           <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9040" w:type="dxa"/>
+            <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00941E70" w:rsidRPr="00941E70" w:rsidRDefault="00941E70" w:rsidP="00941E70">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00941E70">
+          <w:p w:rsidR="00444F13" w:rsidRPr="00444F13" w:rsidRDefault="00444F13" w:rsidP="00444F13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00444F13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3. При отсутствии заявлений ("0" в графе "Заявление")  выравнивается численность групп.</w:t>
             </w:r>
-          </w:p>
-[...457 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E739B7" w:rsidRDefault="00E739B7" w:rsidP="00941E70">
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="00E739B7" w:rsidSect="00DF03E4">
+    <w:p w:rsidR="00E739B7" w:rsidRDefault="00E739B7" w:rsidP="00444F13"/>
+    <w:sectPr w:rsidR="00E739B7" w:rsidSect="00444F13">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="851" w:bottom="567" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="850" w:bottom="851" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial CYR">
     <w:panose1 w:val="020B0604020202020204"/>
@@ -6581,81 +6031,81 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DF03E4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DF03E4"/>
+    <w:rsidRoot w:val="00444F13"/>
+    <w:rsid w:val="00444F13"/>
+    <w:rsid w:val="005A6E37"/>
     <w:rsid w:val="00E739B7"/>
-    <w:rsid w:val="00EC1B3E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="476CC4A3"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4E943043-2B84-4506-8224-3C6607E18BDC}"/>
+  <w15:docId w15:val="{6BE8B847-FBE0-46A1-8A8D-2ECC25E3F3CC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7042,64 +6492,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="496651422">
-[...12 lines deleted...]
-    <w:div w:id="2035762193">
+    <w:div w:id="1733696928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -7344,69 +6781,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>260</Words>
-  <Characters>1486</Characters>
+  <Words>200</Words>
+  <Characters>1144</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1743</CharactersWithSpaces>
+  <CharactersWithSpaces>1342</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>