--- v0 (2025-10-06)
+++ v1 (2026-03-28)
@@ -407,290 +407,50 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7FA11090" wp14:editId="25AB0833">
             <wp:extent cx="5940425" cy="4455160"/>
             <wp:effectExtent l="0" t="0" r="3175" b="2540"/>
             <wp:docPr id="37" name="Рисунок 37"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
-                    <a:stretch>
-[...238 lines deleted...]
-                    <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="4455160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00231619">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
@@ -729,93 +489,93 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B32BC5"/>
     <w:rsid w:val="000A6CF4"/>
+    <w:rsid w:val="000C6F6F"/>
     <w:rsid w:val="002077B2"/>
     <w:rsid w:val="00231619"/>
     <w:rsid w:val="004040FF"/>
     <w:rsid w:val="004A12F7"/>
     <w:rsid w:val="004C15A9"/>
     <w:rsid w:val="005433BD"/>
     <w:rsid w:val="0060460B"/>
     <w:rsid w:val="006B3CD9"/>
     <w:rsid w:val="00753F58"/>
     <w:rsid w:val="00794EB1"/>
     <w:rsid w:val="00A85C46"/>
     <w:rsid w:val="00AE6AFD"/>
     <w:rsid w:val="00B32BC5"/>
     <w:rsid w:val="00B83066"/>
     <w:rsid w:val="00CA3917"/>
     <w:rsid w:val="00D2261D"/>
     <w:rsid w:val="00D91C72"/>
     <w:rsid w:val="00F73D2B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="03AE962A"/>
   <w15:docId w15:val="{587477F2-0EC4-4AB6-AAE7-B43A8D8C1420}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1238,51 +998,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B32BC5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1530,66 +1290,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>23</Characters>
+  <Pages>5</Pages>
+  <Words>2</Words>
+  <Characters>15</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26</CharactersWithSpaces>
+  <CharactersWithSpaces>16</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>CIU</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>